--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbefb6083706447b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red4e0bffb28a4256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9dea87812f494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb437e266fcd41db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc403ea295bac4265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9dea87812f494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a1dfcf222e489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb437e266fcd41db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI USA Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274210672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,439</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>