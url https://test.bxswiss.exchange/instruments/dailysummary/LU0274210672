--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red4e0bffb28a4256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc559d18ca7494e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb437e266fcd41db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7cbc5d61cd4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a1dfcf222e489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb437e266fcd41db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0db56e8c5c94bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7cbc5d61cd4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI USA Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274210672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,989</x:t>
-[...387 lines deleted...]
-          <x:t>160,849</x:t>
+          <x:t>164,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>