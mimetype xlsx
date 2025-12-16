--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re827cd03953f437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea9d90b125424110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b2d511c4bc4d57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41425f232887409e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re115bff8cd224cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b2d511c4bc4d57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R847e67f5443a406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41425f232887409e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,073</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>212,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>