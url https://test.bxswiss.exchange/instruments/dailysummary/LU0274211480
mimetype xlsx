--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea9d90b125424110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d47090b48c4c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41425f232887409e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R843dd6de04c54fe2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R847e67f5443a406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41425f232887409e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e7a021760c45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R843dd6de04c54fe2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>