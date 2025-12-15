--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c2b736741e4111" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb737516b0b4295" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76bd6cb02f4549b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d161b8a0e64127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4217a1a4b58424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76bd6cb02f4549b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f54374aef94ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d161b8a0e64127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE MIB UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274212538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,806</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>39,357</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>