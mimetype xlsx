--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb737516b0b4295" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68f2c6b32d74324" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68d161b8a0e64127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19f8234c14e4cbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f54374aef94ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68d161b8a0e64127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2481df0d3f3d488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19f8234c14e4cbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE MIB UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274212538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>40,144</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>