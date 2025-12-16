--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b5c96ccfbc4a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b3ec8c8c314016" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0f86fe89934ea5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1b5521ee2a421d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ee09d7459d4df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0f86fe89934ea5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47b0ba45804426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1b5521ee2a421d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274221281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>126,423</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>