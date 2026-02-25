--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b3ec8c8c314016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaaac06701f4467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1b5521ee2a421d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R301cbf39007f4b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47b0ba45804426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1b5521ee2a421d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd933cb6005f479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R301cbf39007f4b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274221281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>