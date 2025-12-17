--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ded8101f5674733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d9e5a496c847f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38764c22df4848e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0bc1c199bd24e3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f61f42884c242f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38764c22df4848e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cad583460314a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0bc1c199bd24e3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290355717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>206,875</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,568</x:t>
-[...166 lines deleted...]
-          <x:t>207,666</x:t>
+          <x:t>207,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>