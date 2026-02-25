--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d9e5a496c847f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf552450b00ce4efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0bc1c199bd24e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R534bd3fdfa6a4081"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cad583460314a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0bc1c199bd24e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a0c3c4d7014f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R534bd3fdfa6a4081" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290355717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>