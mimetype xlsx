--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R828bdf7757ae4f21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05ae241f87a41c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra30b9be294114403"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe47d406e9344f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45319894a89a463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra30b9be294114403" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13331e4000d34c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe47d406e9344f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>137,582</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,469</x:t>
-[...328 lines deleted...]
-          <x:t>137,791</x:t>
+          <x:t>138,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>