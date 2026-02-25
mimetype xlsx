--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05ae241f87a41c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275c39d3dd1f4d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe47d406e9344f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda11c4c142d74a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13331e4000d34c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe47d406e9344f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8975bca3eb4417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda11c4c142d74a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>137,083</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>138,180</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,954</x:t>
-[...21 lines deleted...]
-          <x:t>137,843</x:t>
+          <x:t>138,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,996</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>138,440</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>