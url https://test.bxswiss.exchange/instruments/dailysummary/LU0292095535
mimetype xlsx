--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b131a75a8b64f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce96022ff1504c74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18dcc54a19454d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6deb54df5c9a4e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b3c4954bccd492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18dcc54a19454d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b4082bd5de467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6deb54df5c9a4e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx Quality Dividend UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292095535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>24,517</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>