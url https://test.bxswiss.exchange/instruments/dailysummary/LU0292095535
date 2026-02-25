--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce96022ff1504c74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9278d849f204b26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6deb54df5c9a4e3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R888c9a2e9b32410d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b4082bd5de467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6deb54df5c9a4e3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d20f9b6f304675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R888c9a2e9b32410d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx Quality Dividend UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292095535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>25,322</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,448</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>25,438</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,385</x:t>
-[...112 lines deleted...]
-          <x:t>25,536</x:t>
+          <x:t>25,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>