--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff34ad991b474f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2bed16075774d47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97a59897bab04d5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66cc6ab40354ccc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re737d7344d9d469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97a59897bab04d5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1638fa184d20442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66cc6ab40354ccc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Global Select Dividend 100 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292096186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>29,462</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>