--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2bed16075774d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ba5698f3614ce3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66cc6ab40354ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R999e158465264cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1638fa184d20442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66cc6ab40354ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R456f9ceb247f4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R999e158465264cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Global Select Dividend 100 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292096186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,384</x:t>
-[...4 lines deleted...]
-          <x:t>30,162</x:t>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>30,454</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>