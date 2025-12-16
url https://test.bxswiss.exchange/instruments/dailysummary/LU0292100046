--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde19c41f3334219" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd02c4e333e4c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9e4f6b051545f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R440f253dfe7c4629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70b98d38ebb4fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9e4f6b051545f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd08735ac9d54c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R440f253dfe7c4629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Korea UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292100046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,315</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>