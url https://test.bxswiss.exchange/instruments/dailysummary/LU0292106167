--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad8d76b3f814dc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49cb50d4a17e4333" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc55bc231b2a24e99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a0cdb96049414c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38cf3c0c8954464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc55bc231b2a24e99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e05017341e4321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a0cdb96049414c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity ex-Agriculture &amp; Livestock Swap UCITS ETF 1C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>25,595</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>