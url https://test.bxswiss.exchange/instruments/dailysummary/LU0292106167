--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49cb50d4a17e4333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4686c3ddf00f4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a0cdb96049414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce2dd7ab054649ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e05017341e4321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a0cdb96049414c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e2855abb3f64fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce2dd7ab054649ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity ex-Agriculture &amp; Livestock Swap UCITS ETF 1C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>