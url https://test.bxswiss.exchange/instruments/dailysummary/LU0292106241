--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f43ab3ca7ec4089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd392aa30d0a4d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcb184de44474d89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507afb5a5367483f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd47a4e3961a4d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcb184de44474d89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4336175a63ef4b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507afb5a5367483f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers ShortDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>9,098</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,070</x:t>
-[...33 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>9,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,080</x:t>
-[...53 lines deleted...]
-          <x:t>9,018</x:t>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,984</x:t>
-[...431 lines deleted...]
-          <x:t>8,869</x:t>
+          <x:t>8,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>