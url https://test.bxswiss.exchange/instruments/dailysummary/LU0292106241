--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd392aa30d0a4d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe7b7a1338c4469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507afb5a5367483f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72df7b0722ae442f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4336175a63ef4b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507afb5a5367483f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aaf5b95632047c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72df7b0722ae442f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers ShortDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>8,973</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>8,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,846</x:t>
-[...53 lines deleted...]
-          <x:t>8,880</x:t>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>