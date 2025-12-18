--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R856e767ca83340e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51359bb474f84c35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78d5d57f2044af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634555b0b30046a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc44ab467e441e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78d5d57f2044af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea002f340d043b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634555b0b30046a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers EURO STOXX 50 Short Daily Swap UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>5,615</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,619</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,558</x:t>
-[...4 lines deleted...]
-          <x:t>5,560</x:t>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>