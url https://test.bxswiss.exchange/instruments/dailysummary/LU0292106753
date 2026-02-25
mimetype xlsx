--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51359bb474f84c35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3161b570714b4c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634555b0b30046a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5612496b350d4674"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea002f340d043b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634555b0b30046a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R584fcfe7e7fc42a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5612496b350d4674" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers EURO STOXX 50 Short Daily Swap UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>5,501</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,471</x:t>
-[...97 lines deleted...]
-          <x:t>5,448</x:t>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,434</x:t>
-[...129 lines deleted...]
-          <x:t>5,383</x:t>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...100 lines deleted...]
-          <x:t>5,473</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>