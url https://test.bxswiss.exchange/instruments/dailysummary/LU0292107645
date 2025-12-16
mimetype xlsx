--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re734906562f549d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0640669e591461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867e3c9a2db04acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra840078a93214309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f23aaf7e5b4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867e3c9a2db04acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2441c7de160243f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra840078a93214309" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Emerging Markets Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>52,750</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>