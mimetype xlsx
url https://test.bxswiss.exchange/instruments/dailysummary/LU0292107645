--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0640669e591461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec6f93a6d1d459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra840078a93214309"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d6a7fa52004b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2441c7de160243f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra840078a93214309" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb9285cba05413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d6a7fa52004b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Emerging Markets Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>53,251</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,504</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>53,402</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,624</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>53,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>