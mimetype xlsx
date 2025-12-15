--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47661da9dc3a4194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818dc436a9ca4076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d755fcf49574a94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8ee7e8b1f5f4d0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2e517b9954f4180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d755fcf49574a94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8159cac4b3449a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8ee7e8b1f5f4d0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Asia ESG Screened Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>62,908</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>