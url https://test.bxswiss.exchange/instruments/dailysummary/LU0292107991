--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818dc436a9ca4076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd44528a7a91a413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8ee7e8b1f5f4d0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a40ae3d2bb34ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8159cac4b3449a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8ee7e8b1f5f4d0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c03e49367224e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a40ae3d2bb34ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Asia ESG Screened Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>63,117</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>