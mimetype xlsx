--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca54850a96814f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9939733edfc64fe4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb06f1ed698d42f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde76f8ca2936480b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b92e86f7ce4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb06f1ed698d42f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae8821469dc3403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde76f8ca2936480b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Latin America ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292108619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>38,067</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>