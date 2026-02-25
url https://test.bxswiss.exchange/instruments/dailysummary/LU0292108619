--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9939733edfc64fe4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c95c61b3bc24eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde76f8ca2936480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbd771b7ddb4b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae8821469dc3403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde76f8ca2936480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ec301a269eb4a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbd771b7ddb4b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Latin America ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292108619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>39,765</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,503</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>41,798</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>