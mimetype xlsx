--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e58335575cf40ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f4f441c22a4378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc67fc9370e5c494d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77bed1da20a4abc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redbc20ce00b245b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc67fc9370e5c494d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bceeb0d18a042d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77bed1da20a4abc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Taiwan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...468 lines deleted...]
-          <x:t>68,021</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,829</x:t>
-[...134 lines deleted...]
-          <x:t>68,306</x:t>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>