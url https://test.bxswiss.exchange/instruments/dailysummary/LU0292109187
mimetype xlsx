--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f4f441c22a4378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd615b923a6d54d7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77bed1da20a4abc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85870afd95024a77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bceeb0d18a042d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77bed1da20a4abc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R659b79bbc62641ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85870afd95024a77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Taiwan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>