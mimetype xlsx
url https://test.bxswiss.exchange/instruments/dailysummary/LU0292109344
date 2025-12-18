--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9337809e2d4e4d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb27291214fe4cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re36449c40b974f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523eb53deeeb4cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8001f7000b7a44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re36449c40b974f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2922d80f2e264aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523eb53deeeb4cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Brazil UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>43,031</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>