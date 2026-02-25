--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb27291214fe4cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f3ea880ab374cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R523eb53deeeb4cce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f48ef5420eb46a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2922d80f2e264aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R523eb53deeeb4cce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29079fc7aa44969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f48ef5420eb46a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Brazil UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>