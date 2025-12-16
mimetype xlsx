--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bb14b5c605434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ceb89ba8a3494e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfe259f18de482c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd1b38b84724fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3edfbfbaad234ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfe259f18de482c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e92981331c44f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd1b38b84724fac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond Short Daily Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321463258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,613</x:t>
-[...576 lines deleted...]
-          <x:t>80,595</x:t>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>