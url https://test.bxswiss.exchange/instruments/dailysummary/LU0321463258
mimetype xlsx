--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ceb89ba8a3494e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac64b4a240484e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd1b38b84724fac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41016ab739a2484d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e92981331c44f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd1b38b84724fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R891824b1f3a141f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41016ab739a2484d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond Short Daily Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321463258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,095</x:t>
-[...387 lines deleted...]
-          <x:t>80,858</x:t>
+          <x:t>80,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>