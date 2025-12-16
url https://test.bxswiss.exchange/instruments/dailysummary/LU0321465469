--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23f6aed7c0e8405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8264eec8974ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd39b83b43e47ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b1d2f819b94be5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea10fa77154345ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd39b83b43e47ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8d8d46552d471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b1d2f819b94be5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321465469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>166,053</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>