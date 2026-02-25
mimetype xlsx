--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8264eec8974ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a53bef99394331" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b1d2f819b94be5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b0f29bf8294d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8d8d46552d471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b1d2f819b94be5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53387b8e61324374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b0f29bf8294d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321465469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,935</x:t>
-[...36 lines deleted...]
-          <x:t>166,842</x:t>
+          <x:t>166,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>