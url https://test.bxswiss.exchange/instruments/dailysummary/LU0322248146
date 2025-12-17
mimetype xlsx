--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f235523d7b4f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5794ca240e5e42ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076daae5468349ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a778502ee74d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R109b7e848f644073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076daae5468349ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74dead2a18214f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a778502ee74d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers SLI UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322248146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>208,981</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>