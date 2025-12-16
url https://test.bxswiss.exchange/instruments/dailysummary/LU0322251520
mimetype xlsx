--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c3a8918d46843fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4189c9acdbe5471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4da1c69861b54919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e94d7dd9e94b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0891765ce751436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4da1c69861b54919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1cc627e676c48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e94d7dd9e94b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Inverse Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322251520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,279</x:t>
-[...242 lines deleted...]
-          <x:t>6,155</x:t>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,134</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>6,128</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>6,086</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>