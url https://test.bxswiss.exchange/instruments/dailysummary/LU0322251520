--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4189c9acdbe5471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R359fd0415b264c90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e94d7dd9e94b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c551da45aac4e97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1cc627e676c48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e94d7dd9e94b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf04d58e57e8a48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c551da45aac4e97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Inverse Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322251520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,129</x:t>
-[...53 lines deleted...]
-          <x:t>6,204</x:t>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,185</x:t>
-[...129 lines deleted...]
-          <x:t>6,019</x:t>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,021</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,034</x:t>
-[...107 lines deleted...]
-          <x:t>6,019</x:t>
+          <x:t>5,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,988</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>6,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>