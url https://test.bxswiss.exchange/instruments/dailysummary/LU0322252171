--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eaf7fe9dc0c4ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62438e3afceb496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdde47dd6294a42b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15bb8d4404924b3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re804dc6b00f9413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdde47dd6294a42b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e66ab23c36a445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15bb8d4404924b3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI AC Asia ex Japan ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>48,952</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,787</x:t>
-[...65 lines deleted...]
-          <x:t>48,940</x:t>
+          <x:t>49,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,475</x:t>
-[...112 lines deleted...]
-          <x:t>49,753</x:t>
+          <x:t>49,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>