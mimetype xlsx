--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62438e3afceb496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e5f9a90f8a4362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15bb8d4404924b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff1d8f2bdc54621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e66ab23c36a445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15bb8d4404924b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f877b30be194d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff1d8f2bdc54621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI AC Asia ex Japan ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>48,981</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,094</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>47,117</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>