--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810783cc276a447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9d423dfa7194a06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69567e1158a3410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037d9d64b81347b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b830cf547dc4540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69567e1158a3410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2605a035dd744786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037d9d64b81347b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Pacific ex Japan ESG Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>70,731</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,697</x:t>
-[...114 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>69,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,547</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>71,528</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>