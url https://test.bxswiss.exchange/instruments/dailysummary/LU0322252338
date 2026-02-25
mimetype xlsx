--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9d423dfa7194a06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4054f410434461" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037d9d64b81347b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3702d4e85e4f4853"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2605a035dd744786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037d9d64b81347b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a42740354ec4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3702d4e85e4f4853" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Pacific ex Japan ESG Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>70,600</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,331</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>70,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,612</x:t>
-[...70 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>69,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,508</x:t>
-[...144 lines deleted...]
-          <x:t>70,010</x:t>
+          <x:t>70,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>