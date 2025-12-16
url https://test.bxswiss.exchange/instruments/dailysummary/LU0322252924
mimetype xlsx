--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78219479fa8f47a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce5564c8ed64d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f87e3ef0f614552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09104298545349a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7b60874958545d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f87e3ef0f614552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb832a4e565e44e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09104298545349a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Vietnam Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,073</x:t>
-[...522 lines deleted...]
-          <x:t>30,448</x:t>
+          <x:t>30,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>