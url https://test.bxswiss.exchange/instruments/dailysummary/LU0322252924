--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce5564c8ed64d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5c662180b0a44a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09104298545349a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f044f6f5ee2498e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb832a4e565e44e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09104298545349a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cb4d1f8813646b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f044f6f5ee2498e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Vietnam Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>30,680</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>30,330</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>