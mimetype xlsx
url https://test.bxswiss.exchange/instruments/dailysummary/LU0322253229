--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e02918a0a44685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f08c8b5b0da44ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10c4d9bda24f4d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R896ca4b1c1f84ec0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9588fddbc5f410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10c4d9bda24f4d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18e4a6c6816e4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R896ca4b1c1f84ec0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Global Infrastructure Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,152</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>