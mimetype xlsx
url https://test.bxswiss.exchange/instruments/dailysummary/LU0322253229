--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f08c8b5b0da44ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2d5654872234f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R896ca4b1c1f84ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d3a1297e0744a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18e4a6c6816e4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R896ca4b1c1f84ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c5fb1f966a47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d3a1297e0744a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Global Infrastructure Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>