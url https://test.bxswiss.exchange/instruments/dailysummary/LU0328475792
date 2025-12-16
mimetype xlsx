--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2109bc4f292e42aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba6dc96de334ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348d50e8996e4a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2107887e23f14571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77e5bcb98fbb4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348d50e8996e4a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4daf52b60e347de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2107887e23f14571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Europe 600 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328475792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,695</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>