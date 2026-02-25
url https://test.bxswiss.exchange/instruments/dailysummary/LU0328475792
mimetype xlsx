--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba6dc96de334ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a388dc1b3e414e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2107887e23f14571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06ab02c3444141f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4daf52b60e347de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2107887e23f14571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b4352e33ab4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06ab02c3444141f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Europe 600 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328475792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>