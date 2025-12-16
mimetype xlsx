--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba525ed45f34f11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07857df50d994e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55fa872a43414b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaba3ce26b514df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3098a2cd9f4545ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55fa872a43414b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re695e71092b14434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaba3ce26b514df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Select Frontier Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328476410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>19,932</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>