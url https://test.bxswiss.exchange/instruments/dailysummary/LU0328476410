--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07857df50d994e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6247b9a90ec4d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaba3ce26b514df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcafd9d87e7304404"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re695e71092b14434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaba3ce26b514df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1aae9baeb1a4b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcafd9d87e7304404" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Select Frontier Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328476410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>22,194</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,982</x:t>
-[...193 lines deleted...]
-          <x:t>21,416</x:t>
+          <x:t>22,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>