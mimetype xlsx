--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc15e29910e4f4df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71baf4ef70f4ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998b01c050d74adc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb178dca4112344cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1983b7d74a174622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998b01c050d74adc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59bac43a920435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb178dca4112344cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0340285161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>343,446</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>342,712</x:t>
-[...161 lines deleted...]
-          <x:t>345,314</x:t>
+          <x:t>346,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>