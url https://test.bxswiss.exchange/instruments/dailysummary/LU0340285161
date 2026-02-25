--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71baf4ef70f4ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re339bbbed98c4cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb178dca4112344cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfddcd90730254496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59bac43a920435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb178dca4112344cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c4cb50e41a4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfddcd90730254496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0340285161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>