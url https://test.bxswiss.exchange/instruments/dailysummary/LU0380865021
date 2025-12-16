--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e6abc616d84d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e36d22cb38349fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5ffbc22f52c4a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190f8e7da7094859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a97aa882464cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5ffbc22f52c4a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c9f0a661a64bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190f8e7da7094859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0380865021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>89,886</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>