--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e36d22cb38349fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2283543e060f4666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190f8e7da7094859"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11c0bcbaaf57456a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c9f0a661a64bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190f8e7da7094859" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc18987cc6a5a4517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11c0bcbaaf57456a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0380865021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>93,610</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,969</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>94,057</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>