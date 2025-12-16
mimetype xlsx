--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a80f81c0994286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578c254066a845a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda84a1f56e394d54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3606a08de08f4a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1043a17d8abf4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda84a1f56e394d54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e428c242a64079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3606a08de08f4a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers LevDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0411075376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>253,556</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>