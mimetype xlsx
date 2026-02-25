--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578c254066a845a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a94e367c64b4e37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3606a08de08f4a37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb86a75c272ed4635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e428c242a64079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3606a08de08f4a37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f01eb4b3a464576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb86a75c272ed4635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers LevDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0411075376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>