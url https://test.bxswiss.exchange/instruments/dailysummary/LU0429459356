--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeae0841bd8d4da3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce8c65af3a34c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra343e4d6322a4d23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4c9d8839844898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd285581521c74f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra343e4d6322a4d23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c64f1e4d7ff4cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4c9d8839844898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429459356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>156,244</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>