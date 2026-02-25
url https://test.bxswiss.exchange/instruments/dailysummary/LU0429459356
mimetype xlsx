--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce8c65af3a34c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a60114e9f94891" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4c9d8839844898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7024c4b90e0451f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c64f1e4d7ff4cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4c9d8839844898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra800c1d55a0547d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7024c4b90e0451f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429459356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>156,116</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,399</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>155,342</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>