--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e99415262e3408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1203621e2c0a42a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4afdd2c2a1c4b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279293caede94a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a76fa23a904abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4afdd2c2a1c4b73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c37278233424293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279293caede94a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>87,187</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>