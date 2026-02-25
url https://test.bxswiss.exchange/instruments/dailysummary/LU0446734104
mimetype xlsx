--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1203621e2c0a42a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R405a7a8f66e44ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279293caede94a06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1356653b04ac4606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c37278233424293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279293caede94a06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55bd150e100489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1356653b04ac4606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>