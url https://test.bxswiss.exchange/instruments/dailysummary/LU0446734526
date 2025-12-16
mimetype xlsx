--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331f378c46b4445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc1703c889f45db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbcae4af03d744d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6a4cc5e0a943df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd13684a11e6e4507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbcae4af03d744d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b18863cc6ea464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6a4cc5e0a943df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific (ex Japan) UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,067</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>40,132</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,037</x:t>
-[...215 lines deleted...]
-          <x:t>40,329</x:t>
+          <x:t>39,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>