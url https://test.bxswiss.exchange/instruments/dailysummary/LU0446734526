--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc1703c889f45db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f6fff59c14f4470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6a4cc5e0a943df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c0348ac549b48d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b18863cc6ea464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6a4cc5e0a943df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8487f63e9494776" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c0348ac549b48d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific (ex Japan) UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>40,044</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,196</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>39,781</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>