--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a0aa961c904f14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7aba00fea547d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6155cf33fe0f4a9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4936397b288541c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ddd914b5ba441ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6155cf33fe0f4a9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72ec9ebd7625487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4936397b288541c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,377</x:t>
-[...144 lines deleted...]
-          <x:t>44,518</x:t>
+          <x:t>44,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>