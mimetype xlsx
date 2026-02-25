--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7aba00fea547d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e794f750dac4ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4936397b288541c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc5889b7d334071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72ec9ebd7625487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4936397b288541c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23fcaba7ed6b481e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc5889b7d334071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>47,435</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,304</x:t>
-[...70 lines deleted...]
-          <x:t>47,663</x:t>
+          <x:t>47,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,938</x:t>
-[...26 lines deleted...]
-          <x:t>47,183</x:t>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>