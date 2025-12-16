--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32bf7bdb60204c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50cf4a147aaa4053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ee321cf69e94b0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5062d79fa14e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b0ed310e7f248dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ee321cf69e94b0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R539bfc80128f4d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5062d79fa14e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0468896575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,661</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>09.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,563</x:t>
-[...441 lines deleted...]
-          <x:t>157,088</x:t>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>