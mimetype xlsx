--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50cf4a147aaa4053" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9fa3d72b48b4dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5062d79fa14e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a0208e6ba54ca7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R539bfc80128f4d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5062d79fa14e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9d2de5a16504f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a0208e6ba54ca7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0468896575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>156,932</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,671</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>155,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>