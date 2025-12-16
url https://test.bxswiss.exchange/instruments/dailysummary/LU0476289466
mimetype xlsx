--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e42cc9494f43c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f0e81cabcc646b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87c29e9074b4223"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b3a988873a40cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe3cc2a96524451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87c29e9074b4223" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4af2074906b49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b3a988873a40cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Mexico UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>5,987</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,954</x:t>
-[...146 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,207</x:t>
-[...4 lines deleted...]
-          <x:t>6,148</x:t>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...19 lines deleted...]
-          <x:t>6,112</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>