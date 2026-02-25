--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f0e81cabcc646b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd22a7a3968894849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b3a988873a40cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc752d83f2ff346a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4af2074906b49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b3a988873a40cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16589291ae184c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc752d83f2ff346a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Mexico UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>6,259</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,193</x:t>
-[...232 lines deleted...]
-          <x:t>6,393</x:t>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>6,439</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,360</x:t>
-[...112 lines deleted...]
-          <x:t>6,557</x:t>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>