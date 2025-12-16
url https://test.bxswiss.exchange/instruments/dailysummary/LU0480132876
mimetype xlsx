--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d3563d7bc6407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99e459cad4642ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ddf8ce97e854b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e39140e2f94686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02fbb2a7421d4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ddf8ce97e854b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c07746b7c7496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e39140e2f94686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0480132876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>105,778</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,382</x:t>
-[...166 lines deleted...]
-          <x:t>106,203</x:t>
+          <x:t>106,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>