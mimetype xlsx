--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99e459cad4642ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf0ec82677140b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e39140e2f94686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff88f2d0b7d42ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c07746b7c7496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e39140e2f94686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rced5e1d0f976404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff88f2d0b7d42ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0480132876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>