--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d7d0f9a85604a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48eff27d7a34b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80bcc3f0b8654459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ebfb4b00fb44761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba35615ee404ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80bcc3f0b8654459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61d03add1744bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ebfb4b00fb44761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Corporate Bond SRI PAB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0484968812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>134,864</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>