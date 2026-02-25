--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48eff27d7a34b22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c4db00ec974910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ebfb4b00fb44761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f5f71dc43654253"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61d03add1744bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ebfb4b00fb44761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43710dea59dc4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f5f71dc43654253" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Corporate Bond SRI PAB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0484968812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>132,685</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,542</x:t>
-[...490 lines deleted...]
-          <x:t>133,918</x:t>
+          <x:t>134,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>