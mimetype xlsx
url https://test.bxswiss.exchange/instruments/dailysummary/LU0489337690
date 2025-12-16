--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942ae5dc68634d92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab69581702d4147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a69f788f5cc41e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd28bac66468496b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radec8a2dd3d745e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a69f788f5cc41e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7be9edb3e304981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd28bac66468496b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Developed Europe Real Estate UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0489337690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>21,815</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,734</x:t>
-[...80 lines deleted...]
-          <x:t>21,622</x:t>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,040</x:t>
-[...144 lines deleted...]
-          <x:t>22,312</x:t>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>