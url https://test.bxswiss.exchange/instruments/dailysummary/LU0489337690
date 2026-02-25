--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab69581702d4147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c9789529104d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd28bac66468496b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25fd84efd014129"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7be9edb3e304981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd28bac66468496b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R476ef1e9dd064d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25fd84efd014129" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Developed Europe Real Estate UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0489337690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>22,571</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,456</x:t>
-[...301 lines deleted...]
-          <x:t>21,764</x:t>
+          <x:t>22,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>