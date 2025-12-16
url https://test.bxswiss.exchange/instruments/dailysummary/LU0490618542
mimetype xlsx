--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c2b8114d78464d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf5e93a0befd44e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87dff682b9214f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4847566ff3e24e45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3ec81cf5634b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87dff682b9214f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4560b8e1713d43f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4847566ff3e24e45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0490618542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,011</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>