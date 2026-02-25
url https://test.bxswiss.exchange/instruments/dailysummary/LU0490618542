--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf5e93a0befd44e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd6187cd3de42fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4847566ff3e24e45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re26dd92beab14db5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4560b8e1713d43f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4847566ff3e24e45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4365689c84864d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re26dd92beab14db5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0490618542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>