--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7769a73b33134268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d1ad6968aa4bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2269e452b234e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ea653fea0f342b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61644655cc74296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2269e452b234e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra65cabd1a6704dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ea653fea0f342b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>55,116</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>