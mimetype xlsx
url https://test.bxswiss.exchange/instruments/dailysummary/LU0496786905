--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e3ae0383e24396" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc4b99f2eb94235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b86411ab1f446ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b5346aae089498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1e48006cb5d4886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b86411ab1f446ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e457707bd74464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b5346aae089498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Australia S&amp;P/ASX 200 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>59,455</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>60,902</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>