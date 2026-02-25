--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc4b99f2eb94235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15375b1769f4451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b5346aae089498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df4665db1cf4a92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e457707bd74464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b5346aae089498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74412b035350425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df4665db1cf4a92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Australia S&amp;P/ASX 200 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,633</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>59,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,542</x:t>
-[...161 lines deleted...]
-          <x:t>58,051</x:t>
+          <x:t>59,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>