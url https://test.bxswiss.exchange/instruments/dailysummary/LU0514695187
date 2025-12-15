--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69b6fab851684dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69119979a52d4c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa42c12d980e4ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb60b32b19ef44dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7c438597f844a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa42c12d980e4ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202e595628cc43e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb60b32b19ef44dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI India Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>16,621</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,606</x:t>
-[...141 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>16,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,408</x:t>
-[...117 lines deleted...]
-          <x:t>16,251</x:t>
+          <x:t>16,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>