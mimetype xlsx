--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69119979a52d4c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R141f1e2ae7df4826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb60b32b19ef44dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25f5f9942ccd4f6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202e595628cc43e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb60b32b19ef44dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf247f77f7274c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25f5f9942ccd4f6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI India Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>16,836</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>16,453</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>