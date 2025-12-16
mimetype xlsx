--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ca174d44d7468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb381d6518216420c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91d26b5624c47e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc364cf560d54567"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99eb4aa45ff54195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91d26b5624c47e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a03299813f147cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc364cf560d54567" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>16,668</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,454</x:t>
-[...404 lines deleted...]
-          <x:t>17,406</x:t>
+          <x:t>16,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>