--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb381d6518216420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc837d244e74ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc364cf560d54567"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0eefd1868c740c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a03299813f147cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc364cf560d54567" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R048cf08bd0a54444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0eefd1868c740c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>15,982</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,909</x:t>
-[...436 lines deleted...]
-          <x:t>16,064</x:t>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>