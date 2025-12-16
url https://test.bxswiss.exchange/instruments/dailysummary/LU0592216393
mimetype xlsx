--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9da2792eb9e492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ca73fd41c24922" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b382275790b4e54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee7a6eda0d54603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b27d9600d034125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b382275790b4e54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bce4ee70b254f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee7a6eda0d54603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0592216393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>45,412</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>