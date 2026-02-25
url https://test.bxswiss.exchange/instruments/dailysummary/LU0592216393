--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ca73fd41c24922" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91924dd910434762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee7a6eda0d54603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d92b601aa8e420c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bce4ee70b254f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee7a6eda0d54603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c4e61e8b53c4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d92b601aa8e420c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0592216393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>