--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R434d1b191b8f4f1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c40355a0cc64983" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15a5d3f573040e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51104fb9fe0d4c80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00399ca7456d455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15a5d3f573040e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb975d1d9ad74c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51104fb9fe0d4c80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ossiam Lux - Stoxx Europe 600 ESG Qual Weight NR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0599613147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>127,587</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,032</x:t>
-[...409 lines deleted...]
-          <x:t>128,613</x:t>
+          <x:t>126,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>