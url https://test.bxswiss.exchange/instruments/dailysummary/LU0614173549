--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc0c48878a34c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ff54c5aa554265" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4688354a0704736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08377e6608af4476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ba68dec96c4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4688354a0704736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5514cb5f2b4e4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08377e6608af4476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>148,385</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,152</x:t>
-[...215 lines deleted...]
-          <x:t>147,201</x:t>
+          <x:t>149,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>148,801</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>