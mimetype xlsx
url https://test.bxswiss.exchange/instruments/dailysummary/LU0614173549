--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ff54c5aa554265" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2186ba9389ff410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08377e6608af4476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390f4cd98e834dd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5514cb5f2b4e4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08377e6608af4476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d446c4aab9447ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390f4cd98e834dd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0614173549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,814</x:t>
-[...468 lines deleted...]
-          <x:t>149,100</x:t>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>