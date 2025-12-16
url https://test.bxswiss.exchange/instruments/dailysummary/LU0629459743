--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52fac14c043d4da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bce6e55715e4b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd94ba4fa65804663"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d5f7b6fb2b492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f576e9e9c884919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd94ba4fa65804663" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R795a4bf89cdc4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d5f7b6fb2b492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629459743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>146,645</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>