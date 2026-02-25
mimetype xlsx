--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bce6e55715e4b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f59d7747d334eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d5f7b6fb2b492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a77ae653f04725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R795a4bf89cdc4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d5f7b6fb2b492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90632e99977f4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a77ae653f04725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629459743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>146,858</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,659</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>149,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>