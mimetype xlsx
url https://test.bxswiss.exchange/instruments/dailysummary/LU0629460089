--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d67ece0c3f04139" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61bcd9d281a24075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf49e793407374a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde4f6ee904ce4754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70b72da8a5ad4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf49e793407374a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1342654c2d4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde4f6ee904ce4754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>199,051</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,012</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>202,214</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>