--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61bcd9d281a24075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7cfd280a89c4957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde4f6ee904ce4754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b59a51076344cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1342654c2d4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde4f6ee904ce4754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f53c06d05f4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b59a51076344cdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>