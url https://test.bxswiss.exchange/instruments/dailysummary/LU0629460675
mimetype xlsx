--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R016d047f16e84d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b14949346c44f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98cc8deebbde4247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82d6de78209b48b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c2e0366e1d49f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98cc8deebbde4247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d5a456683ab4b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82d6de78209b48b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,772</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>