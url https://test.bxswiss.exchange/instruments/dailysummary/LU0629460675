--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b14949346c44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec4a0f773034553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82d6de78209b48b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15880990b4624d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d5a456683ab4b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82d6de78209b48b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8354b078913b4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15880990b4624d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0629460675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>124,933</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,370</x:t>
-[...80 lines deleted...]
-          <x:t>125,740</x:t>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>